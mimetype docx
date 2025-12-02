--- v0 (2025-10-14)
+++ v1 (2025-12-02)
@@ -1,79 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc3dcd5bcf8594c6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re9e886e7d87440c6" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="heading 3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">الأرز تاريخ وثقافة </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ar"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bdr/>
         </w:rPr>
         <w:drawing>
           <wp:inline xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="9753600" cy="7315200"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="http://www.en.mec-ye.com/media/352/lighthouse.jpg" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="http://www.en.mec-ye.com/media/352/lighthouse.jpg" descr=""/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="R39fa6dfe20c440c0"/>
+                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="R6f12902cb78a4a11"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="9753600" cy="7315200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ar"/>
@@ -125,66 +125,66 @@
       <w:r>
         <w:t xml:space="preserve">ويعتبر ذلك تقليداً متبعاً وجزءاً من مهام معظم المسؤولين، ويعتبر مزارعو الأرز - البالغ عددهم نصف مليون مزارع - وتجار الأرز في اليابان من المرموقين مادياً واجتماعياً وسياسياً، ولهم دور بارز ومؤثر في توجيه سياسة البلاد الاقتصادية والانتخابات وتوجهات رئيس الوزراء، لذا يحرص الجميع على كسب أصواتهم وإرضائهم. وحضور الإمبراطور - أحياناً - المهرجانات السنوية في موسم الحصاد دليل على اهتمامه بالمحصول.. وكلمة وجبة باللغة اليابانية تعني أرزاً! ما يدل على تأصيل الأرز كغذاء وثقافة في اليابان.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ويزرع الأرز في جميع المناطق المستوية وغير المستوية، إذ يتم عمل أحواض خاصة لزراعته على سفوح الجبال، وفي القمم، وعند جوانب الأنهار والأودية، وفي جميع أنواع التربة. ويعمل الجميع في زراعته والعناية به أطفالاً ونساء ورجالاً، ويعمل جميع سكان فيتنام تقريباً في الزراعة، وكان 90% من اليابانيين قبل الحرب العالمية الثانية يعملون في زراعة الأرز، رغم أنه لم تبدأ زراعته في اليابان إلا قبل 2000 عام تقريباً عندما انتقل إليها من الصين وتايلاند.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ar"/>
         </w:rPr>
         <w:rPr>
           <w:lang w:val="ar"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">المصدر : </w:t>
       </w:r>
-      <w:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" w:history="true" r:id="R158d40a6e7b04f48">
+      <w:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" w:history="true" r:id="R393d11a07d0a45c9">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">الخيرات</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ar"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" w:history="true" r:id="Rfcdf965e621f487d">
+      <w:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" w:history="true" r:id="R473bf59e967f465b">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.alkherat.com/vb/showthread.php?86-%E3%DA%E1%E6%E3%C7%CA-%DA%E4-%C7%E1%C7%D1%D2#.UPvbIazPLhU</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="singleLevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
@@ -256,27 +256,27 @@
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
 </w:numbering>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb12c45c752e94e75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="R39fa6dfe20c440c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alkherat.com/vb/showthread.php?86-%E3%DA%E1%E6%E3%C7%CA-%DA%E4-%C7%E1%C7%D1%D2#.UPvbIazPLhU" TargetMode="External" Id="R158d40a6e7b04f48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf1c9884185ba44f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alkherat.com/vb/showthread.php?86-%E3%DA%E1%E6%E3%C7%CA-%DA%E4-%C7%E1%C7%D1%D2#.UPvbIazPLhU" TargetMode="External" Id="Rfcdf965e621f487d" /></Relationships>
-</file>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R50a935ec34ad43b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="R6f12902cb78a4a11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alkherat.com/vb/showthread.php?86-%E3%DA%E1%E6%E3%C7%CA-%DA%E4-%C7%E1%C7%D1%D2#.UPvbIazPLhU" TargetMode="External" Id="R393d11a07d0a45c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1a7de06831cd4ee7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alkherat.com/vb/showthread.php?86-%E3%DA%E1%E6%E3%C7%CA-%DA%E4-%C7%E1%C7%D1%D2#.UPvbIazPLhU" TargetMode="External" Id="R473bf59e967f465b" /></Relationships>
+</file>