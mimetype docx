--- v1 (2025-12-02)
+++ v2 (2026-01-22)
@@ -1,79 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re9e886e7d87440c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdcba851c2fb945c1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="heading 3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">الأرز تاريخ وثقافة </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ar"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bdr/>
         </w:rPr>
         <w:drawing>
           <wp:inline xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="9753600" cy="7315200"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="http://www.en.mec-ye.com/media/352/lighthouse.jpg" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="http://www.en.mec-ye.com/media/352/lighthouse.jpg" descr=""/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="R6f12902cb78a4a11"/>
+                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="R839c247968a64ea8"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="9753600" cy="7315200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ar"/>
@@ -125,66 +125,66 @@
       <w:r>
         <w:t xml:space="preserve">ويعتبر ذلك تقليداً متبعاً وجزءاً من مهام معظم المسؤولين، ويعتبر مزارعو الأرز - البالغ عددهم نصف مليون مزارع - وتجار الأرز في اليابان من المرموقين مادياً واجتماعياً وسياسياً، ولهم دور بارز ومؤثر في توجيه سياسة البلاد الاقتصادية والانتخابات وتوجهات رئيس الوزراء، لذا يحرص الجميع على كسب أصواتهم وإرضائهم. وحضور الإمبراطور - أحياناً - المهرجانات السنوية في موسم الحصاد دليل على اهتمامه بالمحصول.. وكلمة وجبة باللغة اليابانية تعني أرزاً! ما يدل على تأصيل الأرز كغذاء وثقافة في اليابان.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ويزرع الأرز في جميع المناطق المستوية وغير المستوية، إذ يتم عمل أحواض خاصة لزراعته على سفوح الجبال، وفي القمم، وعند جوانب الأنهار والأودية، وفي جميع أنواع التربة. ويعمل الجميع في زراعته والعناية به أطفالاً ونساء ورجالاً، ويعمل جميع سكان فيتنام تقريباً في الزراعة، وكان 90% من اليابانيين قبل الحرب العالمية الثانية يعملون في زراعة الأرز، رغم أنه لم تبدأ زراعته في اليابان إلا قبل 2000 عام تقريباً عندما انتقل إليها من الصين وتايلاند.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ar"/>
         </w:rPr>
         <w:rPr>
           <w:lang w:val="ar"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">المصدر : </w:t>
       </w:r>
-      <w:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" w:history="true" r:id="R393d11a07d0a45c9">
+      <w:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" w:history="true" r:id="Rda46a0041e8c430b">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">الخيرات</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ar"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" w:history="true" r:id="R473bf59e967f465b">
+      <w:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" w:history="true" r:id="R0f98a2d8bd974de0">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.alkherat.com/vb/showthread.php?86-%E3%DA%E1%E6%E3%C7%CA-%DA%E4-%C7%E1%C7%D1%D2#.UPvbIazPLhU</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="singleLevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
@@ -256,27 +256,27 @@
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
 </w:numbering>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R50a935ec34ad43b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="R6f12902cb78a4a11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alkherat.com/vb/showthread.php?86-%E3%DA%E1%E6%E3%C7%CA-%DA%E4-%C7%E1%C7%D1%D2#.UPvbIazPLhU" TargetMode="External" Id="R393d11a07d0a45c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1a7de06831cd4ee7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alkherat.com/vb/showthread.php?86-%E3%DA%E1%E6%E3%C7%CA-%DA%E4-%C7%E1%C7%D1%D2#.UPvbIazPLhU" TargetMode="External" Id="R473bf59e967f465b" /></Relationships>
-</file>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R0d36eef1434549c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="R839c247968a64ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alkherat.com/vb/showthread.php?86-%E3%DA%E1%E6%E3%C7%CA-%DA%E4-%C7%E1%C7%D1%D2#.UPvbIazPLhU" TargetMode="External" Id="Rda46a0041e8c430b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re44cf88eaadf46d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alkherat.com/vb/showthread.php?86-%E3%DA%E1%E6%E3%C7%CA-%DA%E4-%C7%E1%C7%D1%D2#.UPvbIazPLhU" TargetMode="External" Id="R0f98a2d8bd974de0" /></Relationships>
+</file>