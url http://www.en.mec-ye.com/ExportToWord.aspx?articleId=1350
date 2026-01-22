--- v2 (2026-01-22)
+++ v3 (2026-01-22)
@@ -1,79 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdcba851c2fb945c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbb7f789e637945bf" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="heading 3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">الأرز تاريخ وثقافة </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ar"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bdr/>
         </w:rPr>
         <w:drawing>
           <wp:inline xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="9753600" cy="7315200"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="http://www.en.mec-ye.com/media/352/lighthouse.jpg" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="http://www.en.mec-ye.com/media/352/lighthouse.jpg" descr=""/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="R839c247968a64ea8"/>
+                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="Re7cd330572c143cd"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="9753600" cy="7315200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ar"/>
@@ -125,66 +125,66 @@
       <w:r>
         <w:t xml:space="preserve">ويعتبر ذلك تقليداً متبعاً وجزءاً من مهام معظم المسؤولين، ويعتبر مزارعو الأرز - البالغ عددهم نصف مليون مزارع - وتجار الأرز في اليابان من المرموقين مادياً واجتماعياً وسياسياً، ولهم دور بارز ومؤثر في توجيه سياسة البلاد الاقتصادية والانتخابات وتوجهات رئيس الوزراء، لذا يحرص الجميع على كسب أصواتهم وإرضائهم. وحضور الإمبراطور - أحياناً - المهرجانات السنوية في موسم الحصاد دليل على اهتمامه بالمحصول.. وكلمة وجبة باللغة اليابانية تعني أرزاً! ما يدل على تأصيل الأرز كغذاء وثقافة في اليابان.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ويزرع الأرز في جميع المناطق المستوية وغير المستوية، إذ يتم عمل أحواض خاصة لزراعته على سفوح الجبال، وفي القمم، وعند جوانب الأنهار والأودية، وفي جميع أنواع التربة. ويعمل الجميع في زراعته والعناية به أطفالاً ونساء ورجالاً، ويعمل جميع سكان فيتنام تقريباً في الزراعة، وكان 90% من اليابانيين قبل الحرب العالمية الثانية يعملون في زراعة الأرز، رغم أنه لم تبدأ زراعته في اليابان إلا قبل 2000 عام تقريباً عندما انتقل إليها من الصين وتايلاند.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ar"/>
         </w:rPr>
         <w:rPr>
           <w:lang w:val="ar"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">المصدر : </w:t>
       </w:r>
-      <w:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" w:history="true" r:id="Rda46a0041e8c430b">
+      <w:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" w:history="true" r:id="Rdbfc15ac49814d1c">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">الخيرات</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ar"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" w:history="true" r:id="R0f98a2d8bd974de0">
+      <w:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" w:history="true" r:id="R437dd9a1995749a4">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.alkherat.com/vb/showthread.php?86-%E3%DA%E1%E6%E3%C7%CA-%DA%E4-%C7%E1%C7%D1%D2#.UPvbIazPLhU</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="singleLevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
@@ -256,27 +256,27 @@
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
 </w:numbering>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R0d36eef1434549c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="R839c247968a64ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alkherat.com/vb/showthread.php?86-%E3%DA%E1%E6%E3%C7%CA-%DA%E4-%C7%E1%C7%D1%D2#.UPvbIazPLhU" TargetMode="External" Id="Rda46a0041e8c430b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re44cf88eaadf46d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alkherat.com/vb/showthread.php?86-%E3%DA%E1%E6%E3%C7%CA-%DA%E4-%C7%E1%C7%D1%D2#.UPvbIazPLhU" TargetMode="External" Id="R0f98a2d8bd974de0" /></Relationships>
-</file>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rd20314d92f704273" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="Re7cd330572c143cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alkherat.com/vb/showthread.php?86-%E3%DA%E1%E6%E3%C7%CA-%DA%E4-%C7%E1%C7%D1%D2#.UPvbIazPLhU" TargetMode="External" Id="Rdbfc15ac49814d1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbfb791704c764ff5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alkherat.com/vb/showthread.php?86-%E3%DA%E1%E6%E3%C7%CA-%DA%E4-%C7%E1%C7%D1%D2#.UPvbIazPLhU" TargetMode="External" Id="R437dd9a1995749a4" /></Relationships>
+</file>