--- v3 (2026-01-22)
+++ v4 (2026-03-11)
@@ -1,79 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbb7f789e637945bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R768d398fc5884c1a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="heading 3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">الأرز تاريخ وثقافة </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ar"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bdr/>
         </w:rPr>
         <w:drawing>
           <wp:inline xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="9753600" cy="7315200"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="http://www.en.mec-ye.com/media/352/lighthouse.jpg" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="http://www.en.mec-ye.com/media/352/lighthouse.jpg" descr=""/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="Re7cd330572c143cd"/>
+                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="R79a3864150004e06"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="9753600" cy="7315200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ar"/>
@@ -125,66 +125,66 @@
       <w:r>
         <w:t xml:space="preserve">ويعتبر ذلك تقليداً متبعاً وجزءاً من مهام معظم المسؤولين، ويعتبر مزارعو الأرز - البالغ عددهم نصف مليون مزارع - وتجار الأرز في اليابان من المرموقين مادياً واجتماعياً وسياسياً، ولهم دور بارز ومؤثر في توجيه سياسة البلاد الاقتصادية والانتخابات وتوجهات رئيس الوزراء، لذا يحرص الجميع على كسب أصواتهم وإرضائهم. وحضور الإمبراطور - أحياناً - المهرجانات السنوية في موسم الحصاد دليل على اهتمامه بالمحصول.. وكلمة وجبة باللغة اليابانية تعني أرزاً! ما يدل على تأصيل الأرز كغذاء وثقافة في اليابان.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ويزرع الأرز في جميع المناطق المستوية وغير المستوية، إذ يتم عمل أحواض خاصة لزراعته على سفوح الجبال، وفي القمم، وعند جوانب الأنهار والأودية، وفي جميع أنواع التربة. ويعمل الجميع في زراعته والعناية به أطفالاً ونساء ورجالاً، ويعمل جميع سكان فيتنام تقريباً في الزراعة، وكان 90% من اليابانيين قبل الحرب العالمية الثانية يعملون في زراعة الأرز، رغم أنه لم تبدأ زراعته في اليابان إلا قبل 2000 عام تقريباً عندما انتقل إليها من الصين وتايلاند.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ar"/>
         </w:rPr>
         <w:rPr>
           <w:lang w:val="ar"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">المصدر : </w:t>
       </w:r>
-      <w:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" w:history="true" r:id="Rdbfc15ac49814d1c">
+      <w:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" w:history="true" r:id="Reb50e056956842cf">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">الخيرات</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ar"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" w:history="true" r:id="R437dd9a1995749a4">
+      <w:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" w:history="true" r:id="Rb26922bf41cf4883">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.alkherat.com/vb/showthread.php?86-%E3%DA%E1%E6%E3%C7%CA-%DA%E4-%C7%E1%C7%D1%D2#.UPvbIazPLhU</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="singleLevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
@@ -256,27 +256,27 @@
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
 </w:numbering>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rd20314d92f704273" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="Re7cd330572c143cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alkherat.com/vb/showthread.php?86-%E3%DA%E1%E6%E3%C7%CA-%DA%E4-%C7%E1%C7%D1%D2#.UPvbIazPLhU" TargetMode="External" Id="Rdbfc15ac49814d1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbfb791704c764ff5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alkherat.com/vb/showthread.php?86-%E3%DA%E1%E6%E3%C7%CA-%DA%E4-%C7%E1%C7%D1%D2#.UPvbIazPLhU" TargetMode="External" Id="R437dd9a1995749a4" /></Relationships>
-</file>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R87430c7d8d0d4e80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="R79a3864150004e06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alkherat.com/vb/showthread.php?86-%E3%DA%E1%E6%E3%C7%CA-%DA%E4-%C7%E1%C7%D1%D2#.UPvbIazPLhU" TargetMode="External" Id="Reb50e056956842cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R17334ed0118443f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alkherat.com/vb/showthread.php?86-%E3%DA%E1%E6%E3%C7%CA-%DA%E4-%C7%E1%C7%D1%D2#.UPvbIazPLhU" TargetMode="External" Id="Rb26922bf41cf4883" /></Relationships>
+</file>